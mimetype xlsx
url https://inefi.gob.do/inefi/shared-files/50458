--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\laura.batista\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\eiliana.bonet\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4BC84CCF-C71D-4046-8688-4939E8B30F40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6A298E8-420A-42C1-BDBF-03A16B435465}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{FC18652E-0EE2-4964-BDDE-80712DC9EC53}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{2D3B8CE5-B88D-4389-8449-779452042D5B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
+    <sheet name="ESTADISTICAS-SAIP-DATOS-ABIERTO" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="333" uniqueCount="95">
   <si>
     <t>Fecha de Solicitud</t>
   </si>
   <si>
     <t>Información Solicitada</t>
   </si>
   <si>
     <t>Tiempo de Respuesta</t>
   </si>
   <si>
     <t>Porcentaje de Cumplimiento</t>
   </si>
   <si>
     <t xml:space="preserve">Mes </t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Solicitud  de los correos institucionales de los servidores públicos, para hacer una encuesta de los empleados antiguos y nuevos</t>
   </si>
   <si>
     <t>4 días</t>
   </si>
   <si>
@@ -288,117 +288,593 @@
   <si>
     <t>131 días</t>
   </si>
   <si>
     <t>solicitud de informacion sobre las funciones de los monitores en inefi</t>
   </si>
   <si>
     <t>Redirigida</t>
   </si>
   <si>
     <t>Abril</t>
   </si>
   <si>
     <t>Solicitud de informacion sobre proceso INEFI-CCC-CP-2023-0041</t>
   </si>
   <si>
     <t>33 dias</t>
   </si>
   <si>
     <t xml:space="preserve">junio </t>
   </si>
   <si>
     <t xml:space="preserve">Relación de reposiciones de fondos de caja chica por mes, correspondiente al año 2021 hasta la fecha, indicando cuántos fondos de este tipo han sido aprobados en la institución. Relación de los procesos de adquisición de combustible por mes, desde el año 2021 a la fecha, especificando si existen asignaciones de fondos particulares por áreas o personas y, de ser afirmativo, detallar dicha información. Relación de comprobantes de viáticos pagados al personal por mes, desde el año 2021 a la fecha, indicando a qué personal corresponden, ya sea por área, cargo o condiciones específicas. </t>
   </si>
   <si>
-    <t>15 dias</t>
+    <t>Relaciones Proceso de compras, Informacion de Viaticos pago 2021-2025, Adquisicion de Combustible 2021-2025 y Fondos de Caja Chica 2021-2025</t>
+  </si>
+  <si>
+    <t>Relacion de todas las compras y contrataciones del INEFI entre 2022 y 2025, incluyendo tipos de procesos, suplidores adjudicados y montos. También requieren información detallada sobre todas las adquisiciones y contrataciones relacionadas con los Juegos San Francisco 2025, incluyendo materiales, servicios, empresas adjudicatarias, montos, contratos y cronogramas. Finalmente, piden el detalle de los gastos en publicidad, alquileres y servicios similares del mismo periodo, indicando campañas, suplidores, montos y objetos contratados.</t>
+  </si>
+  <si>
+    <t>Informe sobre licitaciones incluyendo una copia del contrato suscrito, así como la documentación correspondiente de las demás empresas participantes al momento de la ejecución del contrato adjudicado. Además, deberá especificarse la cantidad de oferentes que participaron en dicha licitación.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">noviembre </t>
+  </si>
+  <si>
+    <t>Relaciones Proceso de compras,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C5700"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="1">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
+  <cellStyles count="42">
+    <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
+    <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
+    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -689,1684 +1165,1749 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D36A24F-AD65-41AA-B2B4-79B1D2C7D3F7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DF94ABD-94E4-4C67-BC37-07B571F659AD}">
   <dimension ref="A1:F84"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A60" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
-[...9 lines deleted...]
-  </cols>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A2" s="2">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
         <v>44153</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
-      <c r="D2" s="1">
+      <c r="D2">
         <v>100</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
-      <c r="F2" s="1">
+      <c r="F2">
         <v>2020</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A3" s="2">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
         <v>44155</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" s="1">
+      <c r="D3">
         <v>100</v>
       </c>
       <c r="E3" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="1">
+      <c r="F3">
         <v>2020</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="1">
+      <c r="F4">
         <v>2020</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="F5" s="1">
+      <c r="F5">
         <v>2021</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="1">
+      <c r="F6">
         <v>2021</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="1">
+      <c r="F7">
         <v>2021</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="1">
+      <c r="F8">
         <v>2021</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
-      <c r="F9" s="1">
+      <c r="F9">
         <v>2021</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>18</v>
       </c>
-      <c r="F10" s="1">
+      <c r="F10">
         <v>2021</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>19</v>
       </c>
-      <c r="F11" s="1">
+      <c r="F11">
         <v>2021</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="F12" s="1">
+      <c r="F12">
         <v>2021</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>11</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>21</v>
       </c>
-      <c r="F13" s="1">
+      <c r="F13">
         <v>2021</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>11</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>22</v>
       </c>
-      <c r="F14" s="1">
+      <c r="F14">
         <v>2021</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>11</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>8</v>
       </c>
-      <c r="F15" s="1">
+      <c r="F15">
         <v>2021</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
-      <c r="F16" s="1">
+      <c r="F16">
         <v>2021</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
         <v>11</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="1" t="s">
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
-      <c r="F17" s="1">
+      <c r="F17">
         <v>2022</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A18" s="2">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
         <v>44617</v>
       </c>
       <c r="B18" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="C18" t="s">
         <v>24</v>
       </c>
-      <c r="D18" s="1">
+      <c r="D18">
         <v>100</v>
       </c>
       <c r="E18" t="s">
         <v>14</v>
       </c>
-      <c r="F18" s="1">
+      <c r="F18">
         <v>2022</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>15</v>
       </c>
-      <c r="F19" s="1">
+      <c r="F19">
         <v>2022</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>16</v>
       </c>
-      <c r="F20" s="1">
+      <c r="F20">
         <v>2022</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A21" s="2">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
         <v>44684</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
-      <c r="D21" s="1">
+      <c r="D21">
         <v>100</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
-      <c r="F21" s="1">
+      <c r="F21">
         <v>2022</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A22" s="2">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
         <v>44697</v>
       </c>
       <c r="B22" t="s">
         <v>27</v>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
-      <c r="D22" s="1">
+      <c r="D22">
         <v>100</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="1">
+      <c r="F22">
         <v>2022</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
-      <c r="F23" s="1">
+      <c r="F23">
         <v>2022</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
-      <c r="F24" s="1">
+      <c r="F24">
         <v>2022</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
-      <c r="D25" s="1" t="s">
+      <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="F25" s="1">
+      <c r="F25">
         <v>2022</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A26" s="2">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
         <v>44816</v>
       </c>
       <c r="B26" t="s">
         <v>29</v>
       </c>
       <c r="C26" t="s">
         <v>26</v>
       </c>
-      <c r="D26" s="1">
+      <c r="D26">
         <v>100</v>
       </c>
       <c r="E26" t="s">
         <v>21</v>
       </c>
-      <c r="F26" s="1">
+      <c r="F26">
         <v>2022</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
         <v>11</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>22</v>
       </c>
-      <c r="F27" s="1">
+      <c r="F27">
         <v>2022</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A28" s="2">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="1">
         <v>44882</v>
       </c>
       <c r="B28" t="s">
         <v>30</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="C28" t="s">
         <v>31</v>
       </c>
-      <c r="D28" s="1">
+      <c r="D28">
         <v>100</v>
       </c>
       <c r="E28" t="s">
         <v>8</v>
       </c>
-      <c r="F28" s="1">
+      <c r="F28">
         <v>2022</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>32</v>
       </c>
-      <c r="F29" s="1">
+      <c r="F29">
         <v>2022</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>13</v>
       </c>
-      <c r="F30" s="1">
+      <c r="F30">
         <v>2023</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>14</v>
       </c>
-      <c r="F31" s="1">
+      <c r="F31">
         <v>2023</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A32" s="2">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="1">
         <v>45013</v>
       </c>
       <c r="B32" t="s">
         <v>33</v>
       </c>
       <c r="C32" t="s">
         <v>24</v>
       </c>
-      <c r="D32" s="1">
+      <c r="D32">
         <v>100</v>
       </c>
       <c r="E32" t="s">
         <v>15</v>
       </c>
-      <c r="F32" s="1">
+      <c r="F32">
         <v>2023</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A33" s="2">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="1">
         <v>45034</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="B33" t="s">
         <v>34</v>
       </c>
       <c r="C33" t="s">
         <v>35</v>
       </c>
-      <c r="D33" s="1">
+      <c r="D33">
         <v>100</v>
       </c>
       <c r="E33" t="s">
         <v>16</v>
       </c>
-      <c r="F33" s="1">
+      <c r="F33">
         <v>2023</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A34" s="2">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="1">
         <v>45054</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34" t="s">
         <v>37</v>
       </c>
-      <c r="D34" s="1">
+      <c r="D34">
         <v>100</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
-      <c r="F34" s="1">
+      <c r="F34">
         <v>2023</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A35" s="2">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="1">
         <v>45059</v>
       </c>
       <c r="B35" t="s">
         <v>38</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
-      <c r="D35" s="1">
+      <c r="D35">
         <v>100</v>
       </c>
       <c r="E35" t="s">
         <v>17</v>
       </c>
-      <c r="F35" s="1">
+      <c r="F35">
         <v>2023</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A36" s="2">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="1">
         <v>45077</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="B36" t="s">
         <v>39</v>
       </c>
       <c r="C36" t="s">
         <v>40</v>
       </c>
-      <c r="D36" s="1">
+      <c r="D36">
         <v>100</v>
       </c>
       <c r="E36" t="s">
         <v>17</v>
       </c>
-      <c r="F36" s="1">
+      <c r="F36">
         <v>2023</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
-      <c r="F37" s="1">
+      <c r="F37">
         <v>2023</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A38" s="2">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="1">
         <v>45128</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="B38" t="s">
         <v>41</v>
       </c>
       <c r="C38" t="s">
         <v>40</v>
       </c>
-      <c r="D38" s="1">
+      <c r="D38">
         <v>100</v>
       </c>
       <c r="E38" t="s">
         <v>19</v>
       </c>
-      <c r="F38" s="1">
+      <c r="F38">
         <v>2023</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>11</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="F39" s="1">
+      <c r="F39">
         <v>2023</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>21</v>
       </c>
-      <c r="F40" s="1">
+      <c r="F40">
         <v>2023</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>22</v>
       </c>
-      <c r="F41" s="1">
+      <c r="F41">
         <v>2023</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="2">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="1">
         <v>45237</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="B42" t="s">
         <v>42</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" t="s">
         <v>43</v>
       </c>
-      <c r="D42" s="1">
-[...2 lines deleted...]
-      <c r="E42" s="1" t="s">
+      <c r="D42">
+        <v>100</v>
+      </c>
+      <c r="E42" t="s">
         <v>8</v>
       </c>
-      <c r="F42" s="1">
+      <c r="F42">
         <v>2023</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="2">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="1">
         <v>45239</v>
       </c>
       <c r="B43" t="s">
         <v>44</v>
       </c>
       <c r="C43" t="s">
         <v>40</v>
       </c>
-      <c r="D43" s="1">
+      <c r="D43">
         <v>100</v>
       </c>
       <c r="E43" t="s">
         <v>8</v>
       </c>
-      <c r="F43" s="1">
+      <c r="F43">
         <v>2023</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A44" s="3">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="1">
         <v>45250</v>
       </c>
-      <c r="B44" s="4" t="s">
+      <c r="B44" t="s">
         <v>45</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="C44" t="s">
         <v>46</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="5" t="s">
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
         <v>8</v>
       </c>
-      <c r="F44" s="6">
+      <c r="F44">
         <v>2023</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="2">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="1">
         <v>45254</v>
       </c>
-      <c r="B45" s="7" t="s">
+      <c r="B45" t="s">
         <v>47</v>
       </c>
       <c r="C45" t="s">
         <v>48</v>
       </c>
-      <c r="D45" s="1">
+      <c r="D45">
         <v>100</v>
       </c>
       <c r="E45" t="s">
         <v>8</v>
       </c>
-      <c r="F45" s="1">
+      <c r="F45">
         <v>2023</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="2">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="1">
         <v>45265</v>
       </c>
-      <c r="B46" s="7" t="s">
+      <c r="B46" t="s">
         <v>49</v>
       </c>
       <c r="C46" t="s">
         <v>50</v>
       </c>
-      <c r="D46" s="1">
+      <c r="D46">
         <v>100</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
-      <c r="F46" s="1">
+      <c r="F46">
         <v>2023</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="2">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="1">
         <v>45286</v>
       </c>
-      <c r="B47" s="7" t="s">
+      <c r="B47" t="s">
         <v>51</v>
       </c>
       <c r="C47" t="s">
         <v>52</v>
       </c>
       <c r="D47" t="s">
         <v>52</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
-      <c r="F47" s="1">
+      <c r="F47">
         <v>2023</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A48" s="2">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="1">
         <v>45306</v>
       </c>
       <c r="B48" t="s">
         <v>53</v>
       </c>
       <c r="C48" t="s">
         <v>7</v>
       </c>
-      <c r="D48" s="1">
+      <c r="D48">
         <v>100</v>
       </c>
       <c r="E48" t="s">
         <v>13</v>
       </c>
-      <c r="F48" s="1">
+      <c r="F48">
         <v>2024</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A49" s="2">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="1">
         <v>45330</v>
       </c>
-      <c r="B49" s="7" t="s">
+      <c r="B49" t="s">
         <v>54</v>
       </c>
       <c r="C49" t="s">
         <v>26</v>
       </c>
-      <c r="D49" s="1">
+      <c r="D49">
         <v>100</v>
       </c>
       <c r="E49" t="s">
         <v>14</v>
       </c>
-      <c r="F49" s="1">
+      <c r="F49">
         <v>2024</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A50" s="2">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="1">
         <v>45334</v>
       </c>
       <c r="B50" t="s">
         <v>55</v>
       </c>
       <c r="C50" t="s">
         <v>26</v>
       </c>
-      <c r="D50" s="1">
+      <c r="D50">
         <v>100</v>
       </c>
       <c r="E50" t="s">
         <v>14</v>
       </c>
-      <c r="F50" s="1">
+      <c r="F50">
         <v>2024</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A51" s="2">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="1">
         <v>45343</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
         <v>50</v>
       </c>
-      <c r="D51" s="1">
+      <c r="D51">
         <v>100</v>
       </c>
       <c r="E51" t="s">
         <v>14</v>
       </c>
-      <c r="F51" s="1">
+      <c r="F51">
         <v>2024</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A52" s="2">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="1">
         <v>45343</v>
       </c>
       <c r="B52" t="s">
         <v>57</v>
       </c>
       <c r="C52" t="s">
         <v>26</v>
       </c>
-      <c r="D52" s="1">
+      <c r="D52">
         <v>100</v>
       </c>
       <c r="E52" t="s">
         <v>14</v>
       </c>
-      <c r="F52" s="1">
+      <c r="F52">
         <v>2024</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A53" s="2">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="1">
         <v>45346</v>
       </c>
       <c r="B53" t="s">
         <v>58</v>
       </c>
       <c r="C53" t="s">
         <v>50</v>
       </c>
-      <c r="D53" s="1">
+      <c r="D53">
         <v>100</v>
       </c>
       <c r="E53" t="s">
         <v>14</v>
       </c>
-      <c r="F53" s="1">
+      <c r="F53">
         <v>2024</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A54" s="2">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="1">
         <v>45349</v>
       </c>
       <c r="B54" t="s">
         <v>59</v>
       </c>
       <c r="C54" t="s">
         <v>40</v>
       </c>
-      <c r="D54" s="1">
+      <c r="D54">
         <v>100</v>
       </c>
       <c r="E54" t="s">
         <v>14</v>
       </c>
-      <c r="F54" s="1">
+      <c r="F54">
         <v>2024</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A55" s="2">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="1">
         <v>45360</v>
       </c>
       <c r="B55" t="s">
         <v>60</v>
       </c>
       <c r="C55" t="s">
         <v>50</v>
       </c>
-      <c r="D55" s="1">
+      <c r="D55">
         <v>100</v>
       </c>
       <c r="E55" t="s">
         <v>15</v>
       </c>
-      <c r="F55" s="1">
+      <c r="F55">
         <v>2024</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>16</v>
       </c>
-      <c r="F56" s="1">
+      <c r="F56">
         <v>2024</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A57" s="2">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="1">
         <v>45441</v>
       </c>
-      <c r="B57" s="7" t="s">
+      <c r="B57" t="s">
         <v>61</v>
       </c>
       <c r="C57" t="s">
         <v>50</v>
       </c>
-      <c r="D57" s="1">
+      <c r="D57">
         <v>100</v>
       </c>
       <c r="E57" t="s">
         <v>17</v>
       </c>
-      <c r="F57" s="1">
+      <c r="F57">
         <v>2024</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A58" s="2">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="1">
         <v>45448</v>
       </c>
-      <c r="B58" s="7" t="s">
+      <c r="B58" t="s">
         <v>62</v>
       </c>
       <c r="C58" t="s">
         <v>26</v>
       </c>
-      <c r="D58" s="1">
+      <c r="D58">
         <v>100</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
-      <c r="F58" s="1">
+      <c r="F58">
         <v>2024</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A59" s="2">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="1">
         <v>45505</v>
       </c>
       <c r="B59" t="s">
         <v>63</v>
       </c>
       <c r="C59" t="s">
         <v>50</v>
       </c>
-      <c r="D59" s="1">
+      <c r="D59">
         <v>100</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
-      <c r="F59" s="1">
+      <c r="F59">
         <v>2024</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A60" s="2">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="1">
         <v>45516</v>
       </c>
       <c r="B60" t="s">
         <v>64</v>
       </c>
       <c r="C60" t="s">
         <v>50</v>
       </c>
-      <c r="D60" s="1">
+      <c r="D60">
         <v>100</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
-      <c r="F60" s="1">
+      <c r="F60">
         <v>2024</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A61" s="2">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="1">
         <v>45538</v>
       </c>
       <c r="B61" t="s">
         <v>65</v>
       </c>
       <c r="C61" t="s">
         <v>26</v>
       </c>
-      <c r="D61" s="1">
+      <c r="D61">
         <v>100</v>
       </c>
       <c r="E61" t="s">
         <v>21</v>
       </c>
-      <c r="F61" s="1">
+      <c r="F61">
         <v>2024</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A62" s="2">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="1">
         <v>45552</v>
       </c>
       <c r="B62" t="s">
         <v>66</v>
       </c>
       <c r="C62" t="s">
         <v>50</v>
       </c>
-      <c r="D62" s="1">
+      <c r="D62">
         <v>100</v>
       </c>
       <c r="E62" t="s">
         <v>21</v>
       </c>
-      <c r="F62" s="1">
+      <c r="F62">
         <v>2024</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A63" s="8">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="1">
         <v>45574</v>
       </c>
       <c r="B63" t="s">
         <v>67</v>
       </c>
       <c r="C63" t="s">
         <v>68</v>
       </c>
-      <c r="D63" s="1">
+      <c r="D63">
         <v>100</v>
       </c>
       <c r="E63" t="s">
         <v>22</v>
       </c>
-      <c r="F63" s="1">
+      <c r="F63">
         <v>2024</v>
       </c>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A64" s="8">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" s="1">
         <v>45577</v>
       </c>
       <c r="B64" t="s">
         <v>69</v>
       </c>
       <c r="C64" t="s">
         <v>70</v>
       </c>
-      <c r="D64" s="1">
+      <c r="D64">
         <v>100</v>
       </c>
       <c r="E64" t="s">
         <v>22</v>
       </c>
-      <c r="F64" s="1">
+      <c r="F64">
         <v>2024</v>
       </c>
     </row>
-    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A65" s="8">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" s="1">
         <v>45616</v>
       </c>
       <c r="B65" t="s">
         <v>71</v>
       </c>
       <c r="C65" t="s">
         <v>35</v>
       </c>
-      <c r="D65" s="1">
+      <c r="D65">
         <v>100</v>
       </c>
       <c r="E65" t="s">
         <v>8</v>
       </c>
-      <c r="F65" s="1">
+      <c r="F65">
         <v>2024</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A66" s="8">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" s="1">
         <v>45622</v>
       </c>
       <c r="B66" t="s">
         <v>72</v>
       </c>
       <c r="C66" t="s">
         <v>73</v>
       </c>
-      <c r="D66" s="1">
+      <c r="D66">
         <v>100</v>
       </c>
       <c r="E66" t="s">
         <v>8</v>
       </c>
-      <c r="F66" s="1">
+      <c r="F66">
         <v>2024</v>
       </c>
     </row>
-    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A67" s="8">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="1">
         <v>45630</v>
       </c>
       <c r="B67" t="s">
         <v>74</v>
       </c>
       <c r="C67" t="s">
         <v>52</v>
       </c>
       <c r="D67" t="s">
         <v>52</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
-      <c r="F67" s="1">
+      <c r="F67">
         <v>2024</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A68" s="8">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" s="1">
         <v>45650</v>
       </c>
       <c r="B68" t="s">
         <v>75</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
-      <c r="D68" s="1" t="s">
+      <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
-      <c r="F68" s="1">
+      <c r="F68">
         <v>2024</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A69" s="8">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" s="1">
         <v>45650</v>
       </c>
       <c r="B69" t="s">
         <v>75</v>
       </c>
       <c r="C69" t="s">
         <v>76</v>
       </c>
       <c r="D69" t="s">
         <v>76</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
-      <c r="F69" s="1">
+      <c r="F69">
         <v>2024</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A70" s="8">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="1">
         <v>45679</v>
       </c>
       <c r="B70" t="s">
         <v>77</v>
       </c>
       <c r="C70" t="s">
         <v>78</v>
       </c>
       <c r="D70">
         <v>100</v>
       </c>
       <c r="E70" t="s">
         <v>13</v>
       </c>
-      <c r="F70" s="1">
+      <c r="F70">
         <v>2025</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A71" s="8">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="1">
         <v>45692</v>
       </c>
       <c r="B71" t="s">
         <v>79</v>
       </c>
       <c r="C71" t="s">
         <v>80</v>
       </c>
       <c r="D71">
         <v>100</v>
       </c>
       <c r="E71" t="s">
         <v>14</v>
       </c>
-      <c r="F71" s="1">
+      <c r="F71">
         <v>2025</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A72" s="8">
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" s="1">
         <v>45705</v>
       </c>
       <c r="B72" t="s">
         <v>81</v>
       </c>
       <c r="C72" t="s">
         <v>82</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>14</v>
       </c>
-      <c r="F72" s="1">
+      <c r="F72">
         <v>2025</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A73" s="8">
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" s="1">
         <v>45713</v>
       </c>
       <c r="B73" t="s">
         <v>83</v>
       </c>
       <c r="C73" t="s">
         <v>84</v>
       </c>
       <c r="D73" t="s">
         <v>84</v>
       </c>
       <c r="E73" t="s">
         <v>14</v>
       </c>
-      <c r="F73" s="1">
+      <c r="F73">
         <v>2025</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>11</v>
       </c>
       <c r="B74" t="s">
         <v>11</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>85</v>
       </c>
-      <c r="F74" s="1">
+      <c r="F74">
         <v>2025</v>
       </c>
     </row>
-    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A75" s="8">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" s="1">
         <v>45789</v>
       </c>
       <c r="B75" t="s">
         <v>86</v>
       </c>
       <c r="C75" t="s">
         <v>87</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>17</v>
       </c>
-      <c r="F75" s="1">
+      <c r="F75">
         <v>2025</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>11</v>
       </c>
       <c r="B76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>88</v>
       </c>
-      <c r="F76" s="1">
+      <c r="F76">
         <v>2025</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>11</v>
       </c>
       <c r="B77" t="s">
         <v>11</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>19</v>
       </c>
-      <c r="F77" s="1">
+      <c r="F77">
         <v>2025</v>
       </c>
     </row>
-    <row r="78" spans="1:6" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>11</v>
       </c>
       <c r="B78" t="s">
         <v>11</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
-      <c r="F78" s="1">
+      <c r="F78">
         <v>2025</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A79" s="2">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" s="1">
         <v>45901</v>
       </c>
-      <c r="B79" s="9" t="s">
+      <c r="B79" t="s">
         <v>89</v>
       </c>
       <c r="C79" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>11</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>21</v>
       </c>
-      <c r="F79" s="1">
+      <c r="F79">
         <v>2025</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="F84" s="1"/>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="1">
+        <v>45939</v>
+      </c>
+      <c r="B80" t="s">
+        <v>90</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>22</v>
+      </c>
+      <c r="F80">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" s="1">
+        <v>45946</v>
+      </c>
+      <c r="B81" t="s">
+        <v>91</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>22</v>
+      </c>
+      <c r="F81">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" s="1">
+        <v>45968</v>
+      </c>
+      <c r="B82" t="s">
+        <v>92</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>93</v>
+      </c>
+      <c r="F82">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" s="1">
+        <v>45978</v>
+      </c>
+      <c r="B83" t="s">
+        <v>94</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>93</v>
+      </c>
+      <c r="F83">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>11</v>
+      </c>
+      <c r="B84" t="s">
+        <v>11</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>32</v>
+      </c>
+      <c r="F84">
+        <v>2025</v>
+      </c>
     </row>
   </sheetData>
-  <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hoja1</vt:lpstr>
+      <vt:lpstr>ESTADISTICAS-SAIP-DATOS-ABIERTO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Eiliana Bonet Mena</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>