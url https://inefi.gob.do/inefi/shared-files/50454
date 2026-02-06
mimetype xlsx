--- v0 (2025-10-20)
+++ v1 (2026-02-06)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\eiliana.bonet\Desktop\SEPTIEMBRE 2025\DATOS ABIERTOS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\eiliana.bonet\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C683B11B-EEC6-41C4-912D-92120EDBF1CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EC6C26F2-22A0-45C8-9A5B-BFA3924646ED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{997278B6-BCDD-4041-BBF3-2C1B3176C111}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{9EE5AE7A-DD47-45E6-A50B-F1708BDE791B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Estadisticas_Solicitudes_Portal" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="27">
   <si>
     <t xml:space="preserve">Estadistica Solicitudes del Portal 311 </t>
   </si>
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>Fecha de la Solicitud</t>
   </si>
   <si>
     <t>Tipo de Solicitud</t>
   </si>
   <si>
     <t>Información Solicitada</t>
   </si>
   <si>
     <t>Fecha de Respuesta</t>
   </si>
   <si>
     <t>Estatus del Caso</t>
   </si>
   <si>
     <t>Observaciones</t>
   </si>
   <si>
@@ -88,580 +88,152 @@
     <t>El fiscal Demetrio Ramírez de la fiscalía de los girasoles omitió mi derecho, como ciudadana</t>
   </si>
   <si>
     <t>Peticion: ley de cremacion de cuerpo inhumano para anular atomo por coaccion inhumana.</t>
   </si>
   <si>
     <t xml:space="preserve">llevo meses tratando de comunicarme con inefi, por correo electrónico, por teléfono. usé el servicio de libre acceso a la información, el cual debió ser atendido a más tardar el 30 de octubre 2024. </t>
   </si>
   <si>
     <t>Proceso con el Departamento Correspondiente</t>
   </si>
   <si>
     <t xml:space="preserve">Nómina Para Víctimas De Caso Operación Imputados NIDO. </t>
   </si>
   <si>
     <t>Primer trimestre 2025</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Segundo trimestre 2025</t>
   </si>
   <si>
     <t>tercer trimestre 2025</t>
+  </si>
+  <si>
+    <t>Cuarto trimestres  2025</t>
+  </si>
+  <si>
+    <t>n/aPor medio de la presente, me permito presentar una queja formal en representación de los jóvenes del municipio de Salcedo, provincia Hermanas Mirabal, quienes utilizamos el play municipal para nuestras prácticas deportivas.
+El motivo de esta queja es que, cada vez que la selección de fútbol tiene un partido, el play completo es cerrado para uso exclusivo de ese evento, por órdenes del encargado de deportes del municipio, el señor Cabral. Esta medida provoca que todos los demás jóvenes que tenemos prácticas programadas quedemos sin espacio para entrenar, incluso cuando ya estamos practicando se nos solicita abandonar el área para dar paso al juego.
+Consideramos que esta situación es injusta, ya que el play es una instalación pública destinada al desarrollo deportivo de toda la comunidad, no solo de un grupo específico. Además, hemos observado que algunas personas actúan como si fueran dueños del play, restringiendo el acceso sin una razón válida.
+A esto se suma que deportes como el tenis no pueden practicarse libremente, debido a que solo dos o tres personas tienen permitido jugar, impidiendo que otros jóvenes interesados puedan utilizar la cancha.
+Respetuosamente solicitamos que esta situación sea revisada y que se establezcan reglas claras y equitativas que garanticen el acceso para todos los deportistas, sin favoritismos ni exclusiones injustificadas. Creemos firmemente que el deporte debe ser una oportunidad para todos, no un privilegio para unos pocos.
+Agradecemos su atención y quedamos en espera de una respuesta oportuna.</t>
+  </si>
+  <si>
+    <t>cerrado</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="dd/mm/yyyy"/>
+  </numFmts>
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...29 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="3"/>
-      <name val="Aptos Narrow"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...88 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="33">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...171 lines deleted...]
-    </fill>
   </fills>
-  <borders count="10">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="thick">
-[...18 lines deleted...]
-        <color theme="4" tint="0.39997558519241921"/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color rgb="FF7F7F7F"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF7F7F7F"/>
-[...64 lines deleted...]
-        <color theme="4"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="42">
-[...41 lines deleted...]
-    <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
+  <cellStyles count="1">
+    <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -952,307 +524,353 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39462C15-0856-409A-A2D8-518A51EDA695}">
-  <dimension ref="A1:G11"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{190DCC11-6F99-42DD-AC6B-EAC1AA943C7C}">
+  <dimension ref="A1:G12"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:G1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="14.45" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="5.42578125" customWidth="1"/>
+    <col min="2" max="2" width="20.85546875" customWidth="1"/>
+    <col min="3" max="3" width="18" customWidth="1"/>
+    <col min="4" max="4" width="20.85546875" customWidth="1"/>
+    <col min="5" max="5" width="19.85546875" customWidth="1"/>
+    <col min="6" max="6" width="14.42578125" customWidth="1"/>
+    <col min="7" max="7" width="17.42578125" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+    </row>
+    <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D2" t="s">
+      <c r="D2" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="E2" t="s">
+      <c r="E2" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F2" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="G2" t="s">
+      <c r="G2" s="1" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3">
+    <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="2">
         <v>1</v>
       </c>
-      <c r="B3" s="1">
+      <c r="B3" s="3">
         <v>45470</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C3" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D3" t="s">
+      <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E3" s="1">
+      <c r="E3" s="3">
         <v>45474</v>
       </c>
-      <c r="F3" t="s">
+      <c r="F3" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G3" t="s">
+      <c r="G3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A4">
+    <row r="4" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="2">
         <v>2</v>
       </c>
-      <c r="B4" s="1">
+      <c r="B4" s="3">
         <v>45553</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C4" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="D4" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E4" s="1">
+      <c r="E4" s="3">
         <v>45580</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G4" t="s">
+      <c r="G4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A5">
+    <row r="5" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="2">
         <v>3</v>
       </c>
-      <c r="B5" s="1">
+      <c r="B5" s="3">
         <v>45568</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D5" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="1">
+      <c r="E5" s="3">
         <v>45580</v>
       </c>
-      <c r="F5" t="s">
+      <c r="F5" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G5" t="s">
+      <c r="G5" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A6">
+    <row r="6" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="2">
         <v>4</v>
       </c>
-      <c r="B6" s="1">
+      <c r="B6" s="3">
         <v>45577</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D6" t="s">
+      <c r="D6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="1">
+      <c r="E6" s="3">
         <v>45580</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F6" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G6" t="s">
+      <c r="G6" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A7">
+    <row r="7" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="2">
         <v>5</v>
       </c>
-      <c r="B7" s="1">
+      <c r="B7" s="3">
         <v>45601</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D7" t="s">
+      <c r="D7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="1">
+      <c r="E7" s="3">
         <v>45610</v>
       </c>
-      <c r="F7" t="s">
+      <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G7" t="s">
+      <c r="G7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A8">
+    <row r="8" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="2">
         <v>6</v>
       </c>
-      <c r="B8" s="1">
+      <c r="B8" s="3">
         <v>45604</v>
       </c>
-      <c r="C8" t="s">
+      <c r="C8" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="D8" t="s">
+      <c r="D8" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="1">
+      <c r="E8" s="3">
         <v>45610</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G8" t="s">
+      <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9">
+    <row r="9" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="2">
         <v>7</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C9" t="s">
-[...16 lines deleted...]
-      <c r="A10">
+      <c r="C9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="2">
         <v>8</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B10" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C10" t="s">
-[...16 lines deleted...]
-      <c r="A11">
+      <c r="C10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="2">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
-      <c r="C11" t="s">
-[...12 lines deleted...]
-        <v>21</v>
+      <c r="C11" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="2">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E12" s="3">
+        <v>46009</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
+  </mergeCells>
+  <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
+  <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="landscape" horizontalDpi="0" verticalDpi="0" copies="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Estadisticas_Solicitudes_Portal</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Eiliana Bonet Mena</dc:creator>
+  <dc:creator>Laura Batista</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>